--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d2b9032f304160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f1d96d73ca49fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42cb0c1d45764eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aaaa666722748a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R800f25b048bd4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42cb0c1d45764eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd4c855d10f4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aaaa666722748a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gefallene Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>