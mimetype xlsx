--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f1d96d73ca49fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b6ed75a81a4936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aaaa666722748a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R432742d067ba4873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd4c855d10f4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aaaa666722748a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41a57547b8844eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R432742d067ba4873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gefallene Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>90,955</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,527</x:t>
-[...183 lines deleted...]
-          <x:t>89,966</x:t>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>