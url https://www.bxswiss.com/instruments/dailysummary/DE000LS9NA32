--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b6ed75a81a4936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd523ac7fbe7248cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R432742d067ba4873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redeb97e4d1204f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41a57547b8844eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R432742d067ba4873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d4e350566f4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redeb97e4d1204f8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gefallene Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,971</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>