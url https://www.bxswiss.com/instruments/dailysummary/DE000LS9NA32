--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd523ac7fbe7248cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fdc8731912541d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redeb97e4d1204f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3695a2eb020c4bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d4e350566f4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redeb97e4d1204f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220e82b617e64b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3695a2eb020c4bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gefallene Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>96,873</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,114</x:t>
-[...31 lines deleted...]
-          <x:t>97,028</x:t>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>