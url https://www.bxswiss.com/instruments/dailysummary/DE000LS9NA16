--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66141f9facc4fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e7e9c50f654ff6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296abf8ee0e6428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80fc57c04ce34747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82bdfa4aef354ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296abf8ee0e6428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569b332e87d44cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80fc57c04ce34747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The four A's and more.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>