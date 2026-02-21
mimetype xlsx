--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e7e9c50f654ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727c38fbe5a54e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80fc57c04ce34747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf66a5f8eb174478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569b332e87d44cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80fc57c04ce34747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b456c4f059243c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf66a5f8eb174478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The four A's and more.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,786</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>