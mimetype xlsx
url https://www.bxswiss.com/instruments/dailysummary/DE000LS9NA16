--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727c38fbe5a54e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392e497afa5e4490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf66a5f8eb174478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbef2ebc152f40e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b456c4f059243c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf66a5f8eb174478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c639e21422497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbef2ebc152f40e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The four A's and more.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>