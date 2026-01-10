--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b9372a3ec34831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8706b8629254085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09aa43d28bf84d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2b2965aff24b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d5f0756756478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09aa43d28bf84d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra655def67cc24ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2b2965aff24b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanztrends US-Biotech SMidCaps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>86,756</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>