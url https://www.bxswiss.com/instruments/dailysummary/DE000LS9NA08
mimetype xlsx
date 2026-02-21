--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8706b8629254085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33afdc0a0c864134" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2b2965aff24b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d27c419ba34bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra655def67cc24ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2b2965aff24b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345095869e074bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d27c419ba34bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanztrends US-Biotech SMidCaps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>97,490</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>