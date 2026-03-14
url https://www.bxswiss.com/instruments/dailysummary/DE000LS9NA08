--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33afdc0a0c864134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c720363d514a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d27c419ba34bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf576774aac34cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345095869e074bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d27c419ba34bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e003c9f57243cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf576774aac34cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanztrends US-Biotech SMidCaps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>