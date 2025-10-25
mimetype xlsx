--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f1a2d18a484c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5ed719f61d451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d12d1739a174b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edb8b50c5254951"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3baed2a063c45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d12d1739a174b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53867fb00ba4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edb8b50c5254951" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH+ Quality Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>