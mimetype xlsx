--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5ed719f61d451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5af2f8f4cf4ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edb8b50c5254951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08b986db2fa4631"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53867fb00ba4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edb8b50c5254951" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb0f12eaef24349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08b986db2fa4631" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH+ Quality Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,765</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>