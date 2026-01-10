--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5af2f8f4cf4ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re674e008ceff4d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08b986db2fa4631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R319d857c798d4ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb0f12eaef24349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08b986db2fa4631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017fb55982114629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R319d857c798d4ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH+ Quality Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>