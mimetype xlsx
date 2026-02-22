--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re674e008ceff4d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra757b04fbd794bf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R319d857c798d4ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d288569a30941bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017fb55982114629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R319d857c798d4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a59531250464e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d288569a30941bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH+ Quality Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>267,644</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>