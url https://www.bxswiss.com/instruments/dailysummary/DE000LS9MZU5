--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra757b04fbd794bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41601cdac98b4376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d288569a30941bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727d08e07ecd4259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a59531250464e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d288569a30941bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4565c5fc857642db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727d08e07ecd4259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH+ Quality Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>