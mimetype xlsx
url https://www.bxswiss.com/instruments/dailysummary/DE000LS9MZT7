--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a6a0d299074d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c41e505f614e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580017bfdd1244a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96fb6892b06441e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc870b2981e14eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580017bfdd1244a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd73bf652d84e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96fb6892b06441e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Trading ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,070</x:t>
-[...166 lines deleted...]
-          <x:t>101,941</x:t>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,118</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>101,981</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>