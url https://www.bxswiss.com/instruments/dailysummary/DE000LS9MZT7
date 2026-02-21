--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c41e505f614e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6421bcb3e2df4380" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96fb6892b06441e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cffba57659640a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd73bf652d84e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96fb6892b06441e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re303824961324dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cffba57659640a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Trading ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,168</x:t>
-[...198 lines deleted...]
-          <x:t>102,314</x:t>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>