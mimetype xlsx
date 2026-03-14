--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6421bcb3e2df4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra28913ea127c4077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cffba57659640a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad24bc04ed54f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re303824961324dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cffba57659640a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfda423ae204bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad24bc04ed54f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Trading ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,193 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>102,451</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,526</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,410</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>