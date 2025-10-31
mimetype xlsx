--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0a116bd7c84194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017e9f33980c4c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4526a631d484a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra466fbd25bd4418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e8002ff364746d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4526a631d484a34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0edfdfb775494fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra466fbd25bd4418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>