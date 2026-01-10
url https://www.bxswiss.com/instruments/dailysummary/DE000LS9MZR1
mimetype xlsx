--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017e9f33980c4c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfccae9b3f02547e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra466fbd25bd4418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8248ba783274525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0edfdfb775494fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra466fbd25bd4418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71069ead823649a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8248ba783274525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>315,247</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>