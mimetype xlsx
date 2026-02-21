--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfccae9b3f02547e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491509fa290a49f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8248ba783274525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812384cae058478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71069ead823649a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8248ba783274525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d23315aa2e74923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812384cae058478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>316,763</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>