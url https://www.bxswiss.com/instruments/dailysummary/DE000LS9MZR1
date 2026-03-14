--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491509fa290a49f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9885954dabcc4cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812384cae058478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d1eb63f0c84511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d23315aa2e74923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812384cae058478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba79d4efa34f48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d1eb63f0c84511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>