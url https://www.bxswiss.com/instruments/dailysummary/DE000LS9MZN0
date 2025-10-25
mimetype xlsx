--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe512c317204f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc819240c10b745d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dbd5d2e7d9f4414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798c0f8809134582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b15981132943f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dbd5d2e7d9f4414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d762114e85d4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798c0f8809134582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium, Kobalt, Graphit &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>