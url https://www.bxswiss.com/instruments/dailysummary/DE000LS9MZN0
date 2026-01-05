--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc819240c10b745d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6faf6d79e24f48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798c0f8809134582"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebb6fab5e6045d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d762114e85d4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798c0f8809134582" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f08b1d45f5e428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebb6fab5e6045d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium, Kobalt, Graphit &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>89,344</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>