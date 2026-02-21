--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6faf6d79e24f48a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8907e85b4947fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebb6fab5e6045d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3acefe40514d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f08b1d45f5e428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebb6fab5e6045d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63002bb1e8a4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3acefe40514d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium, Kobalt, Graphit &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>96,832</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>