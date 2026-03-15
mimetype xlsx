--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8907e85b4947fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91216929d34f4481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3acefe40514d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea9da50cefe477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63002bb1e8a4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3acefe40514d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4257a7c00601460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea9da50cefe477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium, Kobalt, Graphit &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>100,007</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,822</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>100,556</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,677</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>100,023</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>