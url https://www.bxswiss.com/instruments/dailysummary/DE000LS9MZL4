--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9c5d4fd67d494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ff598c28bf442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eed13ad8d644c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3ba816cca74c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10709741ffb74f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eed13ad8d644c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d6181b6b224753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3ba816cca74c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARKER ZWEIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>