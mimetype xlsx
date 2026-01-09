--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ff598c28bf442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e39d08d219b4d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3ba816cca74c45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716edf352abe4484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d6181b6b224753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3ba816cca74c45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299ef280493c47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716edf352abe4484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARKER ZWEIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,092</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>