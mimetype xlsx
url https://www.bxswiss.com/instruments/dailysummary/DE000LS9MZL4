--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e39d08d219b4d6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7e89e4c5524204" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716edf352abe4484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e97d6f255c24321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299ef280493c47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716edf352abe4484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8298090f83d4404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e97d6f255c24321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARKER ZWEIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>190,003</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>