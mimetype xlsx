--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7e89e4c5524204" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e33f0956134cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e97d6f255c24321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5d3c22b7914c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8298090f83d4404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e97d6f255c24321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2585333fd504771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5d3c22b7914c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARKER ZWEIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>