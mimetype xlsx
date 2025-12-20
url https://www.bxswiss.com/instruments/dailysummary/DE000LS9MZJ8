--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7596dd16be41ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfec94026860406e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb17b53490e4486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f3a46088b040fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f0fa5f1e52f409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb17b53490e4486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed2738e3a7247b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f3a46088b040fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>102,294</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>102,504</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>