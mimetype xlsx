--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfec94026860406e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf9ffa2a021438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f3a46088b040fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1e70b4f7384982"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed2738e3a7247b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f3a46088b040fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57647760ed574a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1e70b4f7384982" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>102,506</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,490</x:t>
-[...70 lines deleted...]
-          <x:t>102,416</x:t>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,528</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>102,753</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,556</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>