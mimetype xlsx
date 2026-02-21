--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf9ffa2a021438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04790658cf7443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1e70b4f7384982"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc920eb66285345ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57647760ed574a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1e70b4f7384982" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aab973694b942c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc920eb66285345ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>101,931</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,002</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>102,896</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>