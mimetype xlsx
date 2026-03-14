--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04790658cf7443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ae41ce58de4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc920eb66285345ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6781e51a9fe4ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aab973694b942c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc920eb66285345ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0d727c9651944ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6781e51a9fe4ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>