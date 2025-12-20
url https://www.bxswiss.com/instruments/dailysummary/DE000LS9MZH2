--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0fe89a2cf3240fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4441b5f06f984ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c5ec6b9b7b04685"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21fa031e15146da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d158e6d6f524e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c5ec6b9b7b04685" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efb2886918a4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21fa031e15146da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>243,710</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>