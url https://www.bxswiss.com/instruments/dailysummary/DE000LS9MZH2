--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4441b5f06f984ce2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12792591f1b74f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21fa031e15146da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R948e1d7218d04df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efb2886918a4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21fa031e15146da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55e1d04376545ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R948e1d7218d04df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>247,171</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,003</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,836</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>