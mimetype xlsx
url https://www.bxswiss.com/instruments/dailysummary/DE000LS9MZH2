--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12792591f1b74f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729fe2069ef94e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R948e1d7218d04df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39d33b8ebf94fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55e1d04376545ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R948e1d7218d04df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffcbc537fa943d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39d33b8ebf94fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>260,862</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>265,767</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>