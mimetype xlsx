--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729fe2069ef94e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1619a68c0054999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39d33b8ebf94fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1eb6d9834ca4976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffcbc537fa943d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39d33b8ebf94fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0cb0a557d144b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1eb6d9834ca4976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>