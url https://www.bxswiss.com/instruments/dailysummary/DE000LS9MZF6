--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdaaaa16413e47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cfb377c7884fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6fcd28c9a84a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R392963a99984428d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d7b09bd2d243ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6fcd28c9a84a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdead8452cccc4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R392963a99984428d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis-Legalisierung DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>