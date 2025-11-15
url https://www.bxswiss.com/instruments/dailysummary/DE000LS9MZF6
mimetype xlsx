--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cfb377c7884fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1003515125164aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R392963a99984428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22148bda7684eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdead8452cccc4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R392963a99984428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbce9ebd4ff469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22148bda7684eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis-Legalisierung DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>