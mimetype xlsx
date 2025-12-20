--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1003515125164aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d3e7c43cd34ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22148bda7684eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e216ed42d54fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbce9ebd4ff469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22148bda7684eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4acab3b64964d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e216ed42d54fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis-Legalisierung DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>63,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>