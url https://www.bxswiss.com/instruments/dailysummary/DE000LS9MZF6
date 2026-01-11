--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d3e7c43cd34ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef84a73258b4b57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e216ed42d54fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d416bf4a40d494e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4acab3b64964d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e216ed42d54fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244a32ff193b4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d416bf4a40d494e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis-Legalisierung DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>