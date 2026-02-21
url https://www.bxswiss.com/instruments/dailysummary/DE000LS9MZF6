--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef84a73258b4b57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c75b0b612b4e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d416bf4a40d494e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cefa50943034ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244a32ff193b4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d416bf4a40d494e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31177e18e89e49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cefa50943034ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis-Legalisierung DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>70,281</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>