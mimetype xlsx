--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c75b0b612b4e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5309bad3a5f436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cefa50943034ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9fcf8f536164f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31177e18e89e49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cefa50943034ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dec06f6d17f4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9fcf8f536164f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis-Legalisierung DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>66,794</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,376</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>67,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,638</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>