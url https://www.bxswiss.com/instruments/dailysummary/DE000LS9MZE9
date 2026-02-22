--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e99a9dffd2242c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29ccb116b514cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b875d21579b45d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c3a950cc17424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R099e34e6bae44ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b875d21579b45d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9740b87335744a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c3a950cc17424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HIDDEN EUROPEAN CHAMPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>71,369</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>