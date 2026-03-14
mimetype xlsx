--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29ccb116b514cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac800ef22c04086" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c3a950cc17424a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71df166fae94440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9740b87335744a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c3a950cc17424a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd496e7b532494a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71df166fae94440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HIDDEN EUROPEAN CHAMPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>