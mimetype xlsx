--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e0ce59af44c427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6ca3bcb9454d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a99c35724f48f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7b79e9589046e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0ea6fec1cc4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a99c35724f48f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c51ab51bb2a4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7b79e9589046e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>