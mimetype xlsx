--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6ca3bcb9454d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4770b780e4144557" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7b79e9589046e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae4bd033dac446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c51ab51bb2a4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7b79e9589046e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd29e518f38f4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae4bd033dac446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,686</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>