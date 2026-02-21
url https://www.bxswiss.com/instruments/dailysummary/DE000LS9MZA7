--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4770b780e4144557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ece7b9b4ca46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae4bd033dac446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2d135556b5423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd29e518f38f4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae4bd033dac446f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398e4a0230c84c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2d135556b5423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>231,307</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,661</x:t>
-[...58 lines deleted...]
-          <x:t>232,274</x:t>
+          <x:t>233,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>