--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ece7b9b4ca46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57fe657c370649cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2d135556b5423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76337901a2e84a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398e4a0230c84c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2d135556b5423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd147496033b4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76337901a2e84a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>229,293</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>