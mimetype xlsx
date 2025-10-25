--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6444331ee65d4f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d199f8ba914830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b1058a79074f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f782038fa0f479e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd267cc6dd47b418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b1058a79074f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524ef60c3de34b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f782038fa0f479e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen nutzen - Risiken meiden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>