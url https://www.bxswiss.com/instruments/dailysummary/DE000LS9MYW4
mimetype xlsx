--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d199f8ba914830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c814ba4e6eb42f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f782038fa0f479e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca5d85149f04c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524ef60c3de34b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f782038fa0f479e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54f694bf27054621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca5d85149f04c5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen nutzen - Risiken meiden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>