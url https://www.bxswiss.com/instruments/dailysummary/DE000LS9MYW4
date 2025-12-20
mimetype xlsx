--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c814ba4e6eb42f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c18f84186148d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca5d85149f04c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30a8847dc9e48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54f694bf27054621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca5d85149f04c5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9eaae907f4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30a8847dc9e48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen nutzen - Risiken meiden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>229,379</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>