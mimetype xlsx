--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c18f84186148d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2343c3fdab1b4182" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30a8847dc9e48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2178c4d08634afa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9eaae907f4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30a8847dc9e48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a6bc3fad31849b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2178c4d08634afa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen nutzen - Risiken meiden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,584</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>