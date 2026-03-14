--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2343c3fdab1b4182" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R958de28fc24a4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2178c4d08634afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341c2ea660a145d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a6bc3fad31849b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2178c4d08634afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df470ec7dd64981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341c2ea660a145d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen nutzen - Risiken meiden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>