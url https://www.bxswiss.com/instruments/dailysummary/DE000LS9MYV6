--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9336e4236abd4a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d0fdf277df4cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d9c938bfe14d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a5f95e8dd344b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f2c1c7af3c94aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d9c938bfe14d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84a4e687075f4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a5f95e8dd344b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>123,457</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>123,028</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,758</x:t>
-[...144 lines deleted...]
-          <x:t>122,695</x:t>
+          <x:t>122,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>