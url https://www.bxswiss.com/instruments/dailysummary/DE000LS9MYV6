--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d0fdf277df4cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c8896613984961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a5f95e8dd344b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541d0018408f4745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84a4e687075f4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a5f95e8dd344b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra769059c30054426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541d0018408f4745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>121,124</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,177</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>121,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>