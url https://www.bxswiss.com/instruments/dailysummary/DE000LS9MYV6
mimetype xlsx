--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c8896613984961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ae4b704ddd4d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541d0018408f4745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra748d17b235a4b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra769059c30054426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541d0018408f4745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf550a5308dd6497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra748d17b235a4b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>120,574</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,398</x:t>
-[...156 lines deleted...]
-          <x:t>122,404</x:t>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,144</x:t>
-[...60 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>121,177</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>