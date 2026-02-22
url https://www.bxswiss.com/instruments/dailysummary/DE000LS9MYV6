--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ae4b704ddd4d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5395ac7616b41ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra748d17b235a4b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7adb620e2194a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf550a5308dd6497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra748d17b235a4b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c85bc471f54672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7adb620e2194a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,416</x:t>
-[...117 lines deleted...]
-          <x:t>121,323</x:t>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>