--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5395ac7616b41ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3296244db44286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7adb620e2194a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ceb37e5316242c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c85bc471f54672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7adb620e2194a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5409406ffbb4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ceb37e5316242c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>120,565</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,343</x:t>
-[...38 lines deleted...]
-          <x:t>119,159</x:t>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,624</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>120,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>120,220</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>