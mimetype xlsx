--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de51c590de14ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d719d14714a4154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5570575903d49f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd718c629c434eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe1ce3a038a4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5570575903d49f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2691386af0fd41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd718c629c434eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ET - ValueScout Agrar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>104,614</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,565</x:t>
-[...296 lines deleted...]
-          <x:t>104,027</x:t>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>