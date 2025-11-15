--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d719d14714a4154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5d73cbef7a43c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd718c629c434eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72d323bd91841b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2691386af0fd41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd718c629c434eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a4a38e008be441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72d323bd91841b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ET - ValueScout Agrar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,021</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>104,307</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,771</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,976</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>