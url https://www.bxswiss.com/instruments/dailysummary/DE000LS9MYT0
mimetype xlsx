--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5d73cbef7a43c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2998cc46583f4bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72d323bd91841b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b065e0223a4016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a4a38e008be441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72d323bd91841b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598850ebabdb4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b065e0223a4016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ET - ValueScout Agrar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>105,890</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,246</x:t>
-[...301 lines deleted...]
-          <x:t>102,386</x:t>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>