--- v3 (2026-01-09)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2998cc46583f4bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c8489532824046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b065e0223a4016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1711c5e2e6854366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598850ebabdb4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b065e0223a4016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddae5081a7b453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1711c5e2e6854366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ET - ValueScout Agrar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>106,340</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>106,811</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>