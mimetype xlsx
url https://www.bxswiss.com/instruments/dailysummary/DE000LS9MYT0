--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c8489532824046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9aa80d06e9a4d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1711c5e2e6854366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c42bf3d7284512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddae5081a7b453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1711c5e2e6854366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c52d44ed2ba45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c42bf3d7284512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ET - ValueScout Agrar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>