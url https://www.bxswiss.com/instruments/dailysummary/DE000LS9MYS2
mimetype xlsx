--- v0 (2025-10-28)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0ef45340474633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191de935d0174a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a41bfc24c3c4a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ca475eafd54675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8002bd5a232f4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a41bfc24c3c4a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9a78c95e0141db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ca475eafd54675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>125,274</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>