--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191de935d0174a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfb8d67d0b7d46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ca475eafd54675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c25c5b8800d4897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9a78c95e0141db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ca475eafd54675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520f1aad973c449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c25c5b8800d4897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,912</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>115,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>