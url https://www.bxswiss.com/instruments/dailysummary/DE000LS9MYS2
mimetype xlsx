--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfb8d67d0b7d46a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b57570bb0c48d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c25c5b8800d4897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f3d5007d92c4e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520f1aad973c449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c25c5b8800d4897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5972eae741fc4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f3d5007d92c4e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>116,729</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,636</x:t>
-[...107 lines deleted...]
-          <x:t>119,106</x:t>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>