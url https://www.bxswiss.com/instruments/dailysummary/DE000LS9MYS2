--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b57570bb0c48d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5758c54c5f4e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f3d5007d92c4e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e565b85ff14ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5972eae741fc4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f3d5007d92c4e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R213ab664019a4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e565b85ff14ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>