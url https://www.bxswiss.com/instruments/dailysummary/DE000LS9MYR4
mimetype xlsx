--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R169c5fad14ad4d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eab11ed9e4f419a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9099f801a3f046e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf66f5c1913d4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R316701a2088b4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9099f801a3f046e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c1f5108bcb4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf66f5c1913d4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet of Things | IoT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>885,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>