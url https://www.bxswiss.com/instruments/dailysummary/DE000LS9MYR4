--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eab11ed9e4f419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a58fb701ae943f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf66f5c1913d4445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7ec8e0f42a4479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c1f5108bcb4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf66f5c1913d4445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d66d6ef9f4542e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7ec8e0f42a4479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet of Things | IoT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>801,004</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>815,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>857,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>