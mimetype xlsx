--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a58fb701ae943f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53744153bb0e468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7ec8e0f42a4479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9056572fe4c94601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d66d6ef9f4542e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7ec8e0f42a4479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5040ac9158e74c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9056572fe4c94601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet of Things | IoT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>816,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>819,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>802,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>810,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>804,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>812,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>798,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>807,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>