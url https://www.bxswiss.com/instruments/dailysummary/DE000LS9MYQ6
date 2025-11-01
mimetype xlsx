--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra899d797ff404b7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362850fe8979460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39eed13a620a468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2442ef76ae43d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce19fdd7ab74bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39eed13a620a468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362bcb119287450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2442ef76ae43d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>