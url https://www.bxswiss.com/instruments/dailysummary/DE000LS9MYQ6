--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362850fe8979460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4791096587024b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2442ef76ae43d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a5a2e4d385f4664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362bcb119287450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2442ef76ae43d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1278aaf8c8674139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a5a2e4d385f4664" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>