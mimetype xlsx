--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4791096587024b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2164f87fa3554d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a5a2e4d385f4664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523dfc9d3e7b4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1278aaf8c8674139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a5a2e4d385f4664" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6b615f84aa4418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523dfc9d3e7b4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>