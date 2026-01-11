--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2164f87fa3554d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385d3f7a8db949bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523dfc9d3e7b4669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b779296f9714f5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6b615f84aa4418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523dfc9d3e7b4669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b80acc3c52241bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b779296f9714f5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>