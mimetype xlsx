--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385d3f7a8db949bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra417aeb773f2473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b779296f9714f5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcd86da17f1463c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b80acc3c52241bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b779296f9714f5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647ba9bc521345d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcd86da17f1463c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>114,236</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>117,983</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>