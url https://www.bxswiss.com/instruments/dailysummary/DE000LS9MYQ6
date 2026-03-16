--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra417aeb773f2473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4feb4263259423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcd86da17f1463c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15950d20f83e4493"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647ba9bc521345d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcd86da17f1463c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae178fd5d44a4b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15950d20f83e4493" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>