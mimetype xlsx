--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4417425a26bf4103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra002e684e2764c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7227a41f5d294f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c76d77b2b14864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R867baeafab55438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7227a41f5d294f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R326e68206f9b4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c76d77b2b14864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chris Toffies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>54,069</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,654</x:t>
-[...490 lines deleted...]
-          <x:t>50,790</x:t>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>