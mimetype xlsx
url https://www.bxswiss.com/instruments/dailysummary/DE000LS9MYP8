--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra002e684e2764c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142262a75a4d4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c76d77b2b14864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc6fb224ab1420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R326e68206f9b4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c76d77b2b14864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbad4114557470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc6fb224ab1420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chris Toffies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>54,768</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,427</x:t>
-[...33 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>53,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,148</x:t>
-[...58 lines deleted...]
-          <x:t>54,152</x:t>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>54,319</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>