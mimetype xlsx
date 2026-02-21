--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142262a75a4d4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4def80b1bdd24216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc6fb224ab1420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74961beab1a64c1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbad4114557470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc6fb224ab1420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f3594729a04f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74961beab1a64c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chris Toffies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>57,289</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>