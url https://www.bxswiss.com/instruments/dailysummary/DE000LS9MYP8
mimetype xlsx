--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4def80b1bdd24216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea025730983c4227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74961beab1a64c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62926e7d3ee4379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f3594729a04f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74961beab1a64c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51edd1bc002b4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62926e7d3ee4379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chris Toffies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>55,230</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,978</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>55,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,136</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>