--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916aedef71094c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391c5ce0a5404264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f52cefda25646a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a9ea4ccf354084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b03775dba04770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f52cefda25646a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8e2d8e934b4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a9ea4ccf354084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>