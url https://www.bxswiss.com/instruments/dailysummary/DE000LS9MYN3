--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391c5ce0a5404264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429bc01578894054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a9ea4ccf354084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a9dbc1fb048491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8e2d8e934b4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a9ea4ccf354084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf964a0712b1e4760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a9dbc1fb048491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>304,079</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>301,787</x:t>
-[...178 lines deleted...]
-          <x:t>301,254</x:t>
+          <x:t>302,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>300,900</x:t>
-[...215 lines deleted...]
-          <x:t>305,472</x:t>
+          <x:t>299,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>