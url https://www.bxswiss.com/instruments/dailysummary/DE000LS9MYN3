--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429bc01578894054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7408c6a0b8794af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a9dbc1fb048491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496b29e447e04666"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf964a0712b1e4760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a9dbc1fb048491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97669b887dc649ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496b29e447e04666" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>278,074</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>