--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7408c6a0b8794af1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e429d6bc2b4797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496b29e447e04666"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4a74f77056b4ca4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97669b887dc649ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496b29e447e04666" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427c8edf29304766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4a74f77056b4ca4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>