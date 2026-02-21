--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e429d6bc2b4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57e1d4db7e6462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4a74f77056b4ca4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab9cdd87a3454f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427c8edf29304766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4a74f77056b4ca4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd88e6079da904361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab9cdd87a3454f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>300,882</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>