--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57e1d4db7e6462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777cf4ed7ff64f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab9cdd87a3454f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b32c26621904727"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd88e6079da904361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab9cdd87a3454f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683182b12ee64e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b32c26621904727" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>