--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f2ff7ea62e4a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05fcb69b3004899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1843da7fcd8d4253"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64d0cc3f00f4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra21e48825026402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1843da7fcd8d4253" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd208e79639c14817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64d0cc3f00f4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>