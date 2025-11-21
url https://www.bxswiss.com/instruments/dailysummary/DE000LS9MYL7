--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05fcb69b3004899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e02e8d5fc1f4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64d0cc3f00f4df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02901501f58141ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd208e79639c14817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64d0cc3f00f4df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc8a03bdda7471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02901501f58141ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>