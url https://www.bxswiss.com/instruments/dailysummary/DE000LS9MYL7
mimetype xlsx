--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e02e8d5fc1f4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb464f441093c4a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02901501f58141ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8667c25e6654a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc8a03bdda7471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02901501f58141ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcff637396ed4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8667c25e6654a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>