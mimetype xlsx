--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb464f441093c4a97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3c4a0e52294c66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8667c25e6654a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db4bd85c5904224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcff637396ed4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8667c25e6654a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2251fcb8b954a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db4bd85c5904224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,266</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>102,458</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>