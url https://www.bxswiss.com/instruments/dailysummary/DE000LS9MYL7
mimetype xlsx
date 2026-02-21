--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3c4a0e52294c66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2ebe5169874902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db4bd85c5904224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47cf1e8514574c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2251fcb8b954a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db4bd85c5904224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a1865a0816245b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47cf1e8514574c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>101,815</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>100,942</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>105,871</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>