--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e037c848c8046c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a7021ca7364f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028519a2ab34413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71d8b2996139466c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcde05a3031e407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028519a2ab34413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd68f3ac93bf40b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71d8b2996139466c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>106,103</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>105,803</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>107,679</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>