--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a7021ca7364f74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c8859f36784890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71d8b2996139466c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fbf3a833384a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd68f3ac93bf40b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71d8b2996139466c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee97954565f466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fbf3a833384a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>107,584</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,187</x:t>
-[...274 lines deleted...]
-          <x:t>106,604</x:t>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>