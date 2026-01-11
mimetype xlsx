--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c8859f36784890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36f8423ac3c485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fbf3a833384a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44db9b6da4794822"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee97954565f466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fbf3a833384a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4207c90cf94f4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44db9b6da4794822" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,338</x:t>
-[...306 lines deleted...]
-          <x:t>108,782</x:t>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>