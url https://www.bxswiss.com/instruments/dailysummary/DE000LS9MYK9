--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36f8423ac3c485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d1c96f952c4b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44db9b6da4794822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8817f0b87d4109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4207c90cf94f4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44db9b6da4794822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c901cefbfb4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8817f0b87d4109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,300</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>