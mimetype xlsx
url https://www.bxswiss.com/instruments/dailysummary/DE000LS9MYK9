--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d1c96f952c4b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a8df268af848fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8817f0b87d4109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28d508f329934061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c901cefbfb4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8817f0b87d4109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6475adf4758947d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28d508f329934061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>