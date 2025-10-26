--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb801f18e0c784cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59764bb17a894f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f024c6b15464ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e7812cd68d4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddcf0682ea4449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f024c6b15464ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b125c72c5404143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e7812cd68d4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>92,183</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>