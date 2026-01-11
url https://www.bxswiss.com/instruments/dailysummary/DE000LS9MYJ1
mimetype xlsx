--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59764bb17a894f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6b2d97f2194b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e7812cd68d4a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294c07d467394ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b125c72c5404143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e7812cd68d4a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51796498f473411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294c07d467394ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>92,820</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>