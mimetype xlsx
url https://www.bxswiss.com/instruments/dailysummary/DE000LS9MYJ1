--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6b2d97f2194b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref62c554e6c84a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294c07d467394ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc408391eb9944cbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51796498f473411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294c07d467394ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9fd60c38134e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc408391eb9944cbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,399</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>