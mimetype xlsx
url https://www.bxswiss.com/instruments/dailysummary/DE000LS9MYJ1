--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref62c554e6c84a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c0a5cbb0ca400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc408391eb9944cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96becb13d124497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9fd60c38134e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc408391eb9944cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb93f0826f2dc46ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96becb13d124497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>88,147</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>87,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,046</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>87,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,131</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>