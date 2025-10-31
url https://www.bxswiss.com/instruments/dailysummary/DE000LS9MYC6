--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150b7f5f825a49af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f305c9087d4c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f368f99088a4b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fbfa8a8bbe14a13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b357a21a43495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f368f99088a4b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c169fdeb294f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fbfa8a8bbe14a13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec Medtec Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>