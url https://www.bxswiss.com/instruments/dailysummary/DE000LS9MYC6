--- v1 (2025-10-31)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f305c9087d4c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf991337ec64494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fbfa8a8bbe14a13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525ec18d6fc54254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c169fdeb294f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fbfa8a8bbe14a13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228068f4f94d46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525ec18d6fc54254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec Medtec Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,945</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>