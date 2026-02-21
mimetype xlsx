--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf991337ec64494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd068ebece6c8433d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525ec18d6fc54254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ed25585f2f4212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228068f4f94d46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525ec18d6fc54254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bd00539fbd4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ed25585f2f4212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec Medtec Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>112,272</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>