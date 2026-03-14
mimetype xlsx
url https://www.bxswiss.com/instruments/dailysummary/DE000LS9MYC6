--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd068ebece6c8433d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29560ae7d7c94b2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ed25585f2f4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e3a6c42f7a42c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bd00539fbd4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ed25585f2f4212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d51520c37b45fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e3a6c42f7a42c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec Medtec Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>