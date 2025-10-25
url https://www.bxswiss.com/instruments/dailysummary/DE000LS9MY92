--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b4f3d167f349c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae87c0fed564284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01028a4da76f4412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e31f3bf13094bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48002eae8f074c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01028a4da76f4412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R248cd62934b64eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e31f3bf13094bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>