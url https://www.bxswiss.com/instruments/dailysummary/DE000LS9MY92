--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae87c0fed564284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271d7ad7a3db4ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e31f3bf13094bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0d2ae59a05d43c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R248cd62934b64eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e31f3bf13094bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0315c84fb0457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0d2ae59a05d43c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>89,300</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,193</x:t>
-[...188 lines deleted...]
-          <x:t>89,705</x:t>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,122</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,255</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>