--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271d7ad7a3db4ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9d7193828d452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0d2ae59a05d43c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500b7d904aee441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0315c84fb0457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0d2ae59a05d43c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d3da0d51e04537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500b7d904aee441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,530</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>