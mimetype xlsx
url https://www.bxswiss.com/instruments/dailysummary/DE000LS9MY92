--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9d7193828d452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9f6ed392e54d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500b7d904aee441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4937a30a561b475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d3da0d51e04537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500b7d904aee441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d1de07dcad849f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4937a30a561b475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>