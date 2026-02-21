--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9f6ed392e54d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a919f3105344aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4937a30a561b475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ee7866a9f14d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d1de07dcad849f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4937a30a561b475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7f7e2d5c09846a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ee7866a9f14d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>81,704</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>87,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>