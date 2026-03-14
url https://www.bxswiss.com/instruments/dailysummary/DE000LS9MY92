--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a919f3105344aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ade7e8b611b42ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ee7866a9f14d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8810785f46fa4f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7f7e2d5c09846a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ee7866a9f14d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61a384de7c74dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8810785f46fa4f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>