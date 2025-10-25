--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca1c7b07d994f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f27fcddc22d4f69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5c8b8c16474647"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9141bdbec948ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R269614f3736645c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5c8b8c16474647" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb674725393654ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9141bdbec948ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>für die Familie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>