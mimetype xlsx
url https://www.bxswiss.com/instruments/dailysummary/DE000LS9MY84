--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f27fcddc22d4f69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78e898d64c84fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9141bdbec948ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a9e61c71d14758"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb674725393654ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9141bdbec948ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9a72a6ab1447f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a9e61c71d14758" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>für die Familie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>99,801</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,144</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...472 lines deleted...]
-          <x:t>100,377</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,163</x:t>
-[...58 lines deleted...]
-          <x:t>100,742</x:t>
+          <x:t>101,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>