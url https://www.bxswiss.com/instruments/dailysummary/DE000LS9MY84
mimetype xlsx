--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78e898d64c84fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8373d4b753e44677" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a9e61c71d14758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd618cb3a14c24663"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9a72a6ab1447f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a9e61c71d14758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5534a8ef3e46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd618cb3a14c24663" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>für die Familie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>