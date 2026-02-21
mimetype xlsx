--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8373d4b753e44677" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaab6c4aa5f44de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd618cb3a14c24663"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1df61bfcf394679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5534a8ef3e46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd618cb3a14c24663" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbae7934621b49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1df61bfcf394679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>für die Familie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,211</x:t>
-[...90 lines deleted...]
-          <x:t>106,807</x:t>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>