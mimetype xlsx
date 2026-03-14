--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaab6c4aa5f44de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3778ae589ce4553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1df61bfcf394679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404b7320215d43d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbae7934621b49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1df61bfcf394679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d9cc02791d44e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404b7320215d43d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>für die Familie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>105,374</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,367</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>105,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,129</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>