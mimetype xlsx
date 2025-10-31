--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1516928689c40df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74dbc05f770540e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5df678710449d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693ba20b96e34e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45295731a92b4fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5df678710449d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2108fac2cf640b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693ba20b96e34e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Traderfuchs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>91,211</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,279</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>91,272</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,245</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>91,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>