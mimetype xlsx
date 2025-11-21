--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74dbc05f770540e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c30d6bbb3b64191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693ba20b96e34e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9206226a6453420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2108fac2cf640b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693ba20b96e34e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6899e71079424de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9206226a6453420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Traderfuchs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>90,852</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,755</x:t>
-[...97 lines deleted...]
-          <x:t>90,390</x:t>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,104</x:t>
-[...195 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>90,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,664</x:t>
-[...36 lines deleted...]
-          <x:t>90,421</x:t>
+          <x:t>90,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>