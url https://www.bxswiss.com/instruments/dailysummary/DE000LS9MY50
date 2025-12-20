--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c30d6bbb3b64191" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f87621022c413b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9206226a6453420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced9c1b199124a24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6899e71079424de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9206226a6453420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da166d957724730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced9c1b199124a24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Traderfuchs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,664</x:t>
-[...102 lines deleted...]
-          <x:t>90,769</x:t>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,761</x:t>
-[...301 lines deleted...]
-          <x:t>90,623</x:t>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>