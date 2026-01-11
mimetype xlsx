--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f87621022c413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e30e724ef3a4fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced9c1b199124a24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc04fdfa5a74a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da166d957724730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced9c1b199124a24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0eadb76c8d479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc04fdfa5a74a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Traderfuchs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>90,952</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,832</x:t>
-[...502 lines deleted...]
-          <x:t>90,924</x:t>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,845</x:t>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>