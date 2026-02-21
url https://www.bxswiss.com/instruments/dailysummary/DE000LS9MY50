--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e30e724ef3a4fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4b4e558bd841bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc04fdfa5a74a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8916fc90a004cd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0eadb76c8d479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc04fdfa5a74a34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4332d50a7a341d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8916fc90a004cd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Traderfuchs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,818</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>