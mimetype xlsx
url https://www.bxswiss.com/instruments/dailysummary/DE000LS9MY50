--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4b4e558bd841bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c88c78fe074211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8916fc90a004cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa607c43c654c55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4332d50a7a341d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8916fc90a004cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013a94ca11ac44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa607c43c654c55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Traderfuchs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>