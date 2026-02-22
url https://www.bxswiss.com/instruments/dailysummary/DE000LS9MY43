--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38cb5dceb74d4316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc309b9244d824299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8231e730c2e4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b962a1480f49ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073a33aea6314838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8231e730c2e4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b55f110261f41c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b962a1480f49ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wahre Werte &amp; Solide Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>72,359</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>