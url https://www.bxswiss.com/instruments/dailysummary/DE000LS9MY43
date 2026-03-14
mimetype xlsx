--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc309b9244d824299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc386483d456f438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b962a1480f49ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70fb64a7dd6f449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b55f110261f41c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b962a1480f49ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e0098b8aa7486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70fb64a7dd6f449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wahre Werte &amp; Solide Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>