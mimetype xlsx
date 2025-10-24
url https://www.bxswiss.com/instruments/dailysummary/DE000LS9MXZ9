--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ef6bdd236b41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c4e29d6df8c46f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8806d465649543fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cda2c3b028e4e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12087355b484449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8806d465649543fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47cac5e495844553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cda2c3b028e4e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>