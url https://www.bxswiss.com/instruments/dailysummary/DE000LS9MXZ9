--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c4e29d6df8c46f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4c29e7c17543e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cda2c3b028e4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee588380d194135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47cac5e495844553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cda2c3b028e4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade9ce022a974b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee588380d194135" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>