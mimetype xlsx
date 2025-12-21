--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4c29e7c17543e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c45d7cc54714793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee588380d194135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5d6192ae0541e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade9ce022a974b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee588380d194135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d652af9af584d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5d6192ae0541e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>252,096</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>