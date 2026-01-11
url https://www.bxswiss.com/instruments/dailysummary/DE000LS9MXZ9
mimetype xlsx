--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c45d7cc54714793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69b2fc9aa654df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5d6192ae0541e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6805264522004e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d652af9af584d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5d6192ae0541e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce37e1953d54cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6805264522004e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>254,862</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>253,135</x:t>
-[...382 lines deleted...]
-          <x:t>251,831</x:t>
+          <x:t>253,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>