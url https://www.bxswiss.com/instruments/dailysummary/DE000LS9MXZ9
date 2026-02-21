--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69b2fc9aa654df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401e7ef575524df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6805264522004e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf729b375b8be4d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce37e1953d54cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6805264522004e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ca4b93daa844fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf729b375b8be4d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>255,725</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>