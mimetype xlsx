--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c73395667cc4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafb0a6bcfc2e4328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9fc4dbcabc04094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1f388f530f4697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c56144f2a264cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9fc4dbcabc04094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1652c8582b34c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1f388f530f4697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantico2018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>133,484</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>135,507</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>