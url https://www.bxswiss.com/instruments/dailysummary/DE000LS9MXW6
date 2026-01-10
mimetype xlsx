--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafb0a6bcfc2e4328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb896259280f5485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1f388f530f4697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3addfd6efcbe487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1652c8582b34c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1f388f530f4697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82867a4736a4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3addfd6efcbe487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantico2018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,320</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>