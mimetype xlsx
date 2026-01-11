--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe08ff9b9b6a45f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe28e8c4921a4249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra55574dda4f2444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4da05622a92a4653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c74763ee114f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra55574dda4f2444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2230a067735049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4da05622a92a4653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China's Digital Giants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>184,864</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>