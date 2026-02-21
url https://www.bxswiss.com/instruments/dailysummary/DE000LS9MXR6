--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe28e8c4921a4249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb3de26f2664c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4da05622a92a4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfa02d764874593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2230a067735049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4da05622a92a4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c8ba1ac5ec48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfa02d764874593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China's Digital Giants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,326</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>