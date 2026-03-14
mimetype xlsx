--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb3de26f2664c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5b16d3bb7e49ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfa02d764874593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe0d97b091284430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c8ba1ac5ec48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfa02d764874593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe109930c9a4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe0d97b091284430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China's Digital Giants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>