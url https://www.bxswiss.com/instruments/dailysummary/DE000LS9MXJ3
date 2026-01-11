--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R669f01f3988a4d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea6567dd5434920" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf226280dc8747e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf5b172609364098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19cce2c554fc4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf226280dc8747e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72613648fbd44ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf5b172609364098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>