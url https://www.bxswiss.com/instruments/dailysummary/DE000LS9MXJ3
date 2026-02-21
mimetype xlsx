--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea6567dd5434920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ecf885ea6147fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf5b172609364098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827740b30921479d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72613648fbd44ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf5b172609364098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9535993974d4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827740b30921479d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,359</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>