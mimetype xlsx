--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ecf885ea6147fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73178733ae74513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827740b30921479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e9a61abc19455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9535993974d4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827740b30921479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727b9fb7ff3849ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e9a61abc19455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,503</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,375</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>