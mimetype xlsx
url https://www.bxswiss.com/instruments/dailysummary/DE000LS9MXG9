--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d44f87c3fb489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3829015f2ec44646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4324203746441f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd488ae158b9c43c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f84608a6fe346c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4324203746441f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e97318a2d6e4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd488ae158b9c43c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>156,181</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>