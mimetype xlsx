--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3829015f2ec44646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514447bece58401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd488ae158b9c43c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cc8a2449a94244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e97318a2d6e4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd488ae158b9c43c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a425ee118648b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cc8a2449a94244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...468 lines deleted...]
-          <x:t>156,539</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,348</x:t>
-[...161 lines deleted...]
-          <x:t>153,651</x:t>
+          <x:t>155,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>