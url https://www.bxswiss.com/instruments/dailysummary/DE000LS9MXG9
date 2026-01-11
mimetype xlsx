--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514447bece58401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f0441daefb4584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cc8a2449a94244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f5e0f5436446e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a425ee118648b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cc8a2449a94244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea27eb7ff1f4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f5e0f5436446e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>