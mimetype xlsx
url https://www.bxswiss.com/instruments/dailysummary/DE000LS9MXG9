--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f0441daefb4584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350359d598574d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f5e0f5436446e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52faf2c6186b4ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea27eb7ff1f4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f5e0f5436446e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9d38aedea2449a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52faf2c6186b4ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,545</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>