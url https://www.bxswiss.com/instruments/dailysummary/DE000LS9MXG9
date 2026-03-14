--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350359d598574d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf433e72896e4dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52faf2c6186b4ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ec7182dfae4d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9d38aedea2449a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52faf2c6186b4ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff919ae30064d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ec7182dfae4d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>160,619</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>160,314</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,119</x:t>
-[...512 lines deleted...]
-          <x:t>164,406</x:t>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>