--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8beafddf38e94a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50184ba45e9342dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893d77039bdb4530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb330eaba354e45fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042096c01bb54d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893d77039bdb4530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7892e689b843a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb330eaba354e45fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,454</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>137,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,136</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>