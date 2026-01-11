--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50184ba45e9342dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5169a52dd534306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb330eaba354e45fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a524dd88ec4d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7892e689b843a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb330eaba354e45fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3e31e473484bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a524dd88ec4d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,378</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>