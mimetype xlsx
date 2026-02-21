--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5169a52dd534306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8152a97bdee4450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a524dd88ec4d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d4188c3f1640e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3e31e473484bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a524dd88ec4d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd329cfbde0404b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d4188c3f1640e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,560</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>