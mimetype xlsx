--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8152a97bdee4450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4cddadc27c4c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d4188c3f1640e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151dc7ba57a4452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd329cfbde0404b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d4188c3f1640e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969cec9d4ecf4ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151dc7ba57a4452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>