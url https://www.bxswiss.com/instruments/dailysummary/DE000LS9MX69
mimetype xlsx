--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19fe8d5b6dbb4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e24edfa2a34150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ee004c62a84131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d380fe8e9cc49fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5664e2f8cee4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ee004c62a84131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0cadaefc98487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d380fe8e9cc49fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>