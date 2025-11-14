--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e24edfa2a34150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree64a630ccc14924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d380fe8e9cc49fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd15655b96a9b4c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0cadaefc98487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d380fe8e9cc49fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R923eb0eb315642e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd15655b96a9b4c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,586 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,300</x:t>
-[...252 lines deleted...]
-          <x:t>109,727</x:t>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>