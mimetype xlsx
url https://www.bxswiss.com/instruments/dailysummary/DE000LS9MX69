--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree64a630ccc14924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb4b648104c4c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd15655b96a9b4c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2931474146134f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R923eb0eb315642e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd15655b96a9b4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6611d5b02c9e4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2931474146134f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...521 lines deleted...]
-          <x:t>112,539</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...19 lines deleted...]
-          <x:t>112,801</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>