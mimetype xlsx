--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb4b648104c4c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5adfc5ebe4f4428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2931474146134f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7ba620974840c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6611d5b02c9e4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2931474146134f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c22019b52144561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7ba620974840c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>