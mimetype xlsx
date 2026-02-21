--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5adfc5ebe4f4428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188cbe901c9f471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7ba620974840c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R347a19bb73554009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c22019b52144561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7ba620974840c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f37739594aa4e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R347a19bb73554009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,666</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>