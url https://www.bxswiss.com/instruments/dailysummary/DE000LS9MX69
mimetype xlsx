--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188cbe901c9f471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2ab3a209b23435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R347a19bb73554009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3844b3b381374d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f37739594aa4e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R347a19bb73554009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a3a7a9e755c4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3844b3b381374d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...195 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,961</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>122,414</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,025</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>122,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,880</x:t>
         </x:is>
       </x:c>
@@ -744,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>