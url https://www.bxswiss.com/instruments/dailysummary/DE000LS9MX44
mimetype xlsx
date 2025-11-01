--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R679976ff77a444a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f1dd9d5e6d4c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc40e59d01e4525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad641233328475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84402acce2e44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc40e59d01e4525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8c9468fe4b4c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad641233328475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>