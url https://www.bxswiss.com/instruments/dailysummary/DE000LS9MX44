--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f1dd9d5e6d4c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288af48453ee4dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad641233328475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ae51f1cece401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8c9468fe4b4c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad641233328475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05ee3362ef6490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ae51f1cece401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,933</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>