--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288af48453ee4dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c81fd5ee937442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ae51f1cece401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9abd4aedfc44b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05ee3362ef6490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ae51f1cece401f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26409f2a18c74fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9abd4aedfc44b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>