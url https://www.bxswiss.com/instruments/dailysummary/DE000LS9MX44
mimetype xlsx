--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c81fd5ee937442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8f2b1bab11419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9abd4aedfc44b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cf6cc75d354248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26409f2a18c74fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9abd4aedfc44b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0bddc2e331432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cf6cc75d354248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>158,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>