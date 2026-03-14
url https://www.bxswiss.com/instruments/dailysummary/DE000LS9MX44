--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8f2b1bab11419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12462fdc1cb342a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cf6cc75d354248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re668c2d54ac84d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0bddc2e331432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cf6cc75d354248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38123b9e19464f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re668c2d54ac84d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>156,659</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>158,976</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,349</x:t>
-[...161 lines deleted...]
-          <x:t>159,669</x:t>
+          <x:t>158,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>