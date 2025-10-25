--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed9a6f83a194e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d7e84d6072c4587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1879b87504438b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547c06ff90834803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0028eac61410453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1879b87504438b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd9188576f04950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547c06ff90834803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Greenblatt (Deutschland)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>