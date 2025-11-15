--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d7e84d6072c4587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87e75985f014473b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547c06ff90834803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63cd063f84d946f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd9188576f04950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547c06ff90834803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7440aa739ec24b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63cd063f84d946f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Greenblatt (Deutschland)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,138 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,733</x:t>
-[...305 lines deleted...]
-        <x:is>
           <x:t>110,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,775</x:t>
         </x:is>
       </x:c>
@@ -791,31 +346,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>