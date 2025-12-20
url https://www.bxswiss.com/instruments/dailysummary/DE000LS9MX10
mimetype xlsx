--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87e75985f014473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raffcf5c774be4e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63cd063f84d946f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc200a11786d1446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7440aa739ec24b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63cd063f84d946f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd13a396c134a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc200a11786d1446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Greenblatt (Deutschland)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...600 lines deleted...]
-          <x:t>108,677</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>