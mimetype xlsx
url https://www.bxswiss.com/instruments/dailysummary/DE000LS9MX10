--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raffcf5c774be4e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree806a9873224c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc200a11786d1446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39f576e07f6d4346"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd13a396c134a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc200a11786d1446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65a3eda590644da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39f576e07f6d4346" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Greenblatt (Deutschland)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,67 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>113,531</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,982</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>113,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,006</x:t>
         </x:is>
       </x:c>
@@ -737,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>