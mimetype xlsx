--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree806a9873224c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ca48ff51ad4c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39f576e07f6d4346"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6164c15d3f3d4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65a3eda590644da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39f576e07f6d4346" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9729d5ce346e47af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6164c15d3f3d4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Greenblatt (Deutschland)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>116,908</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>