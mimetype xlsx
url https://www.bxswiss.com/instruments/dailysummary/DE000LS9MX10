--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ca48ff51ad4c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468b2c247eaa4d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6164c15d3f3d4588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7756ab4616eb4d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9729d5ce346e47af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6164c15d3f3d4588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690181cb72224e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7756ab4616eb4d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Greenblatt (Deutschland)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,462 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...410 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>