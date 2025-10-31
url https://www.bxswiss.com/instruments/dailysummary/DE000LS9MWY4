--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f45522c3dd447b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2ecab6236140e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e8e3acdbc44e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43618ad808e452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee050e6588e4807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e8e3acdbc44e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dba61dbe5424a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43618ad808e452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>139,812</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,002</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>145,166</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>