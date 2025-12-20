--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2ecab6236140e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40c7f7286584825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43618ad808e452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b080a059c164a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dba61dbe5424a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43618ad808e452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0bd960f3c934709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b080a059c164a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>143,893</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>