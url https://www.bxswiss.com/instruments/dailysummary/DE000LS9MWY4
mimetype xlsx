--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40c7f7286584825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a4d08473974c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b080a059c164a04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267f9607760a4f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0bd960f3c934709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b080a059c164a04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a09b5728fa43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267f9607760a4f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>