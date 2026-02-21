--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a4d08473974c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2aa9207e35f4eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267f9607760a4f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3e50d305014e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a09b5728fa43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267f9607760a4f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61cc84b44e63449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3e50d305014e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,600</x:t>
-[...63 lines deleted...]
-          <x:t>165,793</x:t>
+          <x:t>163,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>