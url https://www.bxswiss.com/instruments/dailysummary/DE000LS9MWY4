--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2aa9207e35f4eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6294934af01a4dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3e50d305014e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96561c634cf4f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61cc84b44e63449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3e50d305014e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb69b12f8e2946bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96561c634cf4f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>