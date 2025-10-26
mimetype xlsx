--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13154a5faaed4d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4f5f8085d045e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af32d38d2014271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a4fa1005cb468c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51f96fc042a4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af32d38d2014271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c608d30d82f4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a4fa1005cb468c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmensgewinn-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>