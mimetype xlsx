--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4f5f8085d045e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ffebf325cbf4bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a4fa1005cb468c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6fc064b53a94393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c608d30d82f4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a4fa1005cb468c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9e626441b94646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6fc064b53a94393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmensgewinn-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,076</x:t>
-[...225 lines deleted...]
-          <x:t>113,907</x:t>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>