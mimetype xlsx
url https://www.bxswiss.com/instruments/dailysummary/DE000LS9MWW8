--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ffebf325cbf4bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af18cd598c141f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6fc064b53a94393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8eab79c7e74185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9e626441b94646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6fc064b53a94393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a5836497774b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8eab79c7e74185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmensgewinn-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>