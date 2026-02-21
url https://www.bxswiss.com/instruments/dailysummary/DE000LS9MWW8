--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af18cd598c141f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850619a73c5c45a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8eab79c7e74185"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R897d973f2acb4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a5836497774b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8eab79c7e74185" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0f12642365d4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R897d973f2acb4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmensgewinn-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,055</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>