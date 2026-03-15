--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850619a73c5c45a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122761ea14b1429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R897d973f2acb4bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268b8802515043a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0f12642365d4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R897d973f2acb4bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1377c3c5bb084f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268b8802515043a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmensgewinn-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>