--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48d97200e904629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra663cc7a90b1422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28b1e49c7b74240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82d1480d522493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68599f59b404d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28b1e49c7b74240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3bdf17f65b4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82d1480d522493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergNewValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>