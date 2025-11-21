--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra663cc7a90b1422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra903c2518ace4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82d1480d522493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e8d100a99441a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3bdf17f65b4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82d1480d522493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822f3a7a007f47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e8d100a99441a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergNewValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>