--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra903c2518ace4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ecc74e9c99d4397" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e8d100a99441a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd723666f88974411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822f3a7a007f47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e8d100a99441a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa98be6abc894a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd723666f88974411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergNewValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>