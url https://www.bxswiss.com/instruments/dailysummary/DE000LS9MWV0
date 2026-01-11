--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ecc74e9c99d4397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81cf47491f6a42aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd723666f88974411"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694dd43c2ba341fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa98be6abc894a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd723666f88974411" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1233eae93c854943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694dd43c2ba341fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergNewValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>123,202</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,441</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,955</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>120,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,536</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>