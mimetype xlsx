--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81cf47491f6a42aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1970b2f3b0424be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694dd43c2ba341fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85df15741c2a4e88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1233eae93c854943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694dd43c2ba341fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c684928c94a4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85df15741c2a4e88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergNewValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,061</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>