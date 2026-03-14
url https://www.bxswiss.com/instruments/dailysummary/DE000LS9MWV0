--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1970b2f3b0424be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2ff612a1d24e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85df15741c2a4e88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b7fde797244760"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c684928c94a4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85df15741c2a4e88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d888b025a64939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b7fde797244760" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergNewValue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>124,538</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,950</x:t>
-[...296 lines deleted...]
-          <x:t>125,134</x:t>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>