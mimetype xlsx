--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb0eb32316d4fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcaff92400648fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29f7f7e82c642ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403b884f73094b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6a9de98e844a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29f7f7e82c642ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8fb79ebc8d4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403b884f73094b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>