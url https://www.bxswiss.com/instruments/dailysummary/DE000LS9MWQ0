--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcaff92400648fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61010cccb98a4088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403b884f73094b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46cc967715b645b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8fb79ebc8d4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403b884f73094b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85b0b2d2b864a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46cc967715b645b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>