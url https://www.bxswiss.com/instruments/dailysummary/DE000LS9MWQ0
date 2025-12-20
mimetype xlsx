--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61010cccb98a4088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90962f49e3742ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46cc967715b645b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1669c4c390364965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85b0b2d2b864a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46cc967715b645b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa9ef4bf44b4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1669c4c390364965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,029</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>