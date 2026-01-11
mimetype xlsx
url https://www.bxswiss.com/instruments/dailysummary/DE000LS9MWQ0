--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90962f49e3742ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceac41d4c597418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1669c4c390364965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9c28475cb340ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa9ef4bf44b4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1669c4c390364965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9601f6727f6b4f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9c28475cb340ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,559</x:t>
-[...494 lines deleted...]
-        <x:is>
           <x:t>169,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>