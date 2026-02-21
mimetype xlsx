--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceac41d4c597418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92f6c81bd8c4c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9c28475cb340ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reafd3796d2344468"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9601f6727f6b4f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9c28475cb340ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd7a1842cb3466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reafd3796d2344468" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>170,348</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,636</x:t>
-[...436 lines deleted...]
-          <x:t>173,309</x:t>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>