--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92f6c81bd8c4c3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf133f398acff45d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reafd3796d2344468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra35acb3124df4c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd7a1842cb3466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reafd3796d2344468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4401a950574076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra35acb3124df4c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>