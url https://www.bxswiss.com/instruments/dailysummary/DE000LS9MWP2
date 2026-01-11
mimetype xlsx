--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986141e426714618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a350e6807e84448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc04152c842c4de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cdf20b5919248b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222736c5a1454796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc04152c842c4de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009fd9a8e698413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cdf20b5919248b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Cannabis Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>13,611</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,563</x:t>
-[...21 lines deleted...]
-          <x:t>13,498</x:t>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>13,547</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,533</x:t>
-[...161 lines deleted...]
-          <x:t>13,533</x:t>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>