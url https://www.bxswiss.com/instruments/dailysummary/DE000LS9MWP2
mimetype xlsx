--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a350e6807e84448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c71e233a3146bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cdf20b5919248b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3657d981f14b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009fd9a8e698413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cdf20b5919248b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1562e92b4e9438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3657d981f14b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Cannabis Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>