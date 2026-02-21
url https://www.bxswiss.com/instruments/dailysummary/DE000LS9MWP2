--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c71e233a3146bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc07cccd607044a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3657d981f14b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5611b9c46b4ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1562e92b4e9438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3657d981f14b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc363da0426e47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5611b9c46b4ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Cannabis Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>13,420</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,376</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>13,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>