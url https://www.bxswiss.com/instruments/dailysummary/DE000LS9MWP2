--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc07cccd607044a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75824c392e4475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5611b9c46b4ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8545c20c950d40e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc363da0426e47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5611b9c46b4ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad24bcce9d48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8545c20c950d40e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Cannabis Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>13,183</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,142</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>13,113</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,164</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>13,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,116</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>13,142</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>