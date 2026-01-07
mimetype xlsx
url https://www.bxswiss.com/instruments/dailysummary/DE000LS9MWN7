--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02651d16c98741bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53986424ba4b4814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce99592374574922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97475ff10b1f4b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bf70176d2f244cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce99592374574922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48dd6bfdd50e4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97475ff10b1f4b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glücklich mit Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,718</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>