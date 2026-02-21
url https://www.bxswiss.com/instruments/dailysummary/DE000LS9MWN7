--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53986424ba4b4814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd992cdf1c4374e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97475ff10b1f4b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac0013c0bfa442aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48dd6bfdd50e4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97475ff10b1f4b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd299a600e44eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac0013c0bfa442aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glücklich mit Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>131,920</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,211</x:t>
-[...242 lines deleted...]
-          <x:t>131,672</x:t>
+          <x:t>130,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>