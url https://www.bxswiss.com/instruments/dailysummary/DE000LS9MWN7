--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd992cdf1c4374e32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6caad3c5aa9147d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac0013c0bfa442aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7153047c2a4a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd299a600e44eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac0013c0bfa442aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb153610f74d24870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7153047c2a4a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glücklich mit Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>