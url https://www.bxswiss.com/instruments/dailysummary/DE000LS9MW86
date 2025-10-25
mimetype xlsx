--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ba132c599a44f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1a37ae198f4728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfec1c9833d74a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a36ab379cc49f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb73ab755dcec4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfec1c9833d74a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95f236b4d2f48e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a36ab379cc49f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstung Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>262,397</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>261,456</x:t>
-[...355 lines deleted...]
-          <x:t>279,184</x:t>
+          <x:t>267,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>