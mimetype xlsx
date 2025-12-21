--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1a37ae198f4728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cc29b8254a4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a36ab379cc49f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56280ba829fd40b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95f236b4d2f48e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a36ab379cc49f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde249780f44e4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56280ba829fd40b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstung Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>267,654</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>