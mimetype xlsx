--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cc29b8254a4d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1523119b9df46ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56280ba829fd40b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca03f69b31454a14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde249780f44e4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56280ba829fd40b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2f1a91a4a74b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca03f69b31454a14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstung Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,396</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>