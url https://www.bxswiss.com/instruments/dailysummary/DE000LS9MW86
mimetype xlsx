--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1523119b9df46ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348534e202ca401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca03f69b31454a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b08d0afc25047bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2f1a91a4a74b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca03f69b31454a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825da70957d04f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b08d0afc25047bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstung Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>288,455</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>