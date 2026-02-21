--- v0 (2025-11-01)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9efbb8eae1de4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f14682928549ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd78381cf1442bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf6c794c0d854bd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f289af35744482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd78381cf1442bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a6ace76e5b4ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf6c794c0d854bd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuto - VALUE-TIME-OFFENSIVE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>95,845</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>96,001</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>