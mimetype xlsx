--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1b10f53dd6479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61545f4711f74273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7302ce8147694cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8df08e031341b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805cdb004305491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7302ce8147694cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcba35ee74df4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8df08e031341b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends &amp; Langzeitperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>