--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61545f4711f74273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2446f6c8134aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8df08e031341b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f154c78e2f4026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcba35ee74df4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8df08e031341b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5166724872c1415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f154c78e2f4026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends &amp; Langzeitperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>297,253</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>295,596</x:t>
-[...593 lines deleted...]
-          <x:t>307,314</x:t>
+          <x:t>301,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>