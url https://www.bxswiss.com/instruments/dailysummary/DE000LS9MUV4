--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2446f6c8134aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b29e5df0e154e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f154c78e2f4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4d67feee5849ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5166724872c1415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f154c78e2f4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc439f80799c444d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4d67feee5849ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends &amp; Langzeitperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>301,022</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>