--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b29e5df0e154e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76a29b9a76c4258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4d67feee5849ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra427f1e6eeae47f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc439f80799c444d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4d67feee5849ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f3ad04867a463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra427f1e6eeae47f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends &amp; Langzeitperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>