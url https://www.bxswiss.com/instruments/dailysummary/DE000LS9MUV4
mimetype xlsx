--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76a29b9a76c4258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847bb06b6a304833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra427f1e6eeae47f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec23446dacd4700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f3ad04867a463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra427f1e6eeae47f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a8522198e44a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec23446dacd4700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends &amp; Langzeitperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>305,316</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>