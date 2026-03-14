--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847bb06b6a304833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851bdb1d14f44b9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec23446dacd4700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3692cea5f5a4f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a8522198e44a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec23446dacd4700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9541840c1e5a41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3692cea5f5a4f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends &amp; Langzeitperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>