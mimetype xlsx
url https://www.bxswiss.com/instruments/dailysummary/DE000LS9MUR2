--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d3b2ca3a02e4f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbd18818b4d4b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R899e37e475ce448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d7778ee6b04035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00bab53cbc14200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R899e37e475ce448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaec4d1829c94eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d7778ee6b04035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Industry Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>