--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbd18818b4d4b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5c8430ac4a4fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d7778ee6b04035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b74f944fb9b4957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaec4d1829c94eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d7778ee6b04035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cbb5f6c59a4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b74f944fb9b4957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Industry Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>