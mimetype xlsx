--- v2 (2025-11-15)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5c8430ac4a4fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf144fdc52abc4342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b74f944fb9b4957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4fdee76f75487d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cbb5f6c59a4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b74f944fb9b4957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04b7def90b574b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4fdee76f75487d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Industry Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>211,909</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,074</x:t>
-[...490 lines deleted...]
-          <x:t>209,245</x:t>
+          <x:t>214,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>