--- v3 (2026-01-05)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf144fdc52abc4342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc6902c81e24115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4fdee76f75487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697e5f1c75714e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04b7def90b574b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4fdee76f75487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39dea5d714e4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697e5f1c75714e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Industry Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,655</x:t>
-[...279 lines deleted...]
-          <x:t>210,595</x:t>
+          <x:t>215,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>