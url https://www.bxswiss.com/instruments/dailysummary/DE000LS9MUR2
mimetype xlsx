--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc6902c81e24115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf0a8fef2eb648eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697e5f1c75714e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ffee393980440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39dea5d714e4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697e5f1c75714e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39cab3b1bea47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ffee393980440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Industry Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>