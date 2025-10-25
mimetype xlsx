--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6f37b464c94582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8b9b6815ef4ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2e8423823440cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R536ff178f3e54ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1da7ef397e94908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2e8423823440cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbecfbf60a51f4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R536ff178f3e54ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Finanzpiloten Future Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>