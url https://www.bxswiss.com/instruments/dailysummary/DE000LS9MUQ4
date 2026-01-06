--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8b9b6815ef4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca87afdf3df4378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R536ff178f3e54ab9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60193ec980b9410d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbecfbf60a51f4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R536ff178f3e54ab9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea5430bf7b34500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60193ec980b9410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Finanzpiloten Future Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>438,542</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>