--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca87afdf3df4378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb60be1529f541f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60193ec980b9410d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed994f551984eeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea5430bf7b34500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60193ec980b9410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3eadf0ef27479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed994f551984eeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Finanzpiloten Future Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>418,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>