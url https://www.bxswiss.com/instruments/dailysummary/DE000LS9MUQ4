--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb60be1529f541f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f9868756984936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed994f551984eeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc223c44479604c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3eadf0ef27479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed994f551984eeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79b4e85f372646b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc223c44479604c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Finanzpiloten Future Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>