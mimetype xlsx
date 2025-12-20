--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ddea310fda488a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f1d27d4209489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7543aa65e0e4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca80c39da84d4484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71bd4482a117494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7543aa65e0e4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fba49e521f43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca80c39da84d4484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW Shortterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>90,014</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...627 lines deleted...]
-          <x:t>89,436</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>