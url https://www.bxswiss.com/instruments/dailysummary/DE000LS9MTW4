--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f1d27d4209489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c3edac017a464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca80c39da84d4484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45b744a01e6419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fba49e521f43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca80c39da84d4484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc46626db46e14dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45b744a01e6419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW Shortterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>