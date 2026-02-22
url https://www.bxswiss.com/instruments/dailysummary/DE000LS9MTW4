--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c3edac017a464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d54af1291d4972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45b744a01e6419c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7c1f29651944ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc46626db46e14dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45b744a01e6419c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1026427a44b34bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7c1f29651944ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW Shortterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>90,578</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>