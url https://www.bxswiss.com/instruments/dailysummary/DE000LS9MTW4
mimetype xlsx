--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d54af1291d4972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6040b7a8182e40db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7c1f29651944ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R337b941954e34033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1026427a44b34bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7c1f29651944ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5524e4d730154855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R337b941954e34033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW Shortterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,663</x:t>
-[...247 lines deleted...]
-          <x:t>86,333</x:t>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,581</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>87,357</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>